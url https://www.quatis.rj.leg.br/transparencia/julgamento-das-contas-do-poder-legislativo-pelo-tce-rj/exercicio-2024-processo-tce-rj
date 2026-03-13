--- v0 (2026-01-23)
+++ v1 (2026-03-13)
@@ -6,96 +6,99 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="41B51B16" w14:textId="77777777" w:rsidR="000F77BF" w:rsidRDefault="00000000">
       <w:r>
         <w:t xml:space="preserve">Processo TCE-RJ: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BDCFB20" w14:textId="26081ED6" w:rsidR="000F77BF" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5BDCFB20" w14:textId="40BE64C3" w:rsidR="000F77BF" w:rsidRDefault="00000000">
       <w:r>
         <w:t>Não houve o julgamento das Contas referentes ao exercício 2024 até a presente data (</w:t>
       </w:r>
-      <w:r w:rsidR="009F1752">
-        <w:t>22</w:t>
+      <w:r w:rsidR="00F70BB0">
+        <w:t>03</w:t>
       </w:r>
       <w:r>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="009F1752">
-        <w:t>01</w:t>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00F70BB0">
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:t>/202</w:t>
       </w:r>
       <w:r w:rsidR="009F1752">
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="000F77BF">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="41CC18CF" w14:textId="77777777" w:rsidR="00195DA4" w:rsidRDefault="00195DA4">
+    <w:p w14:paraId="351BFF42" w14:textId="77777777" w:rsidR="002663CA" w:rsidRDefault="002663CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="396BAAB2" w14:textId="77777777" w:rsidR="00195DA4" w:rsidRDefault="00195DA4">
+    <w:p w14:paraId="727B9AEE" w14:textId="77777777" w:rsidR="002663CA" w:rsidRDefault="002663CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
@@ -107,109 +110,112 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1A2D178C" w14:textId="77777777" w:rsidR="00195DA4" w:rsidRDefault="00195DA4">
+    <w:p w14:paraId="1842AC56" w14:textId="77777777" w:rsidR="002663CA" w:rsidRDefault="002663CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7A015214" w14:textId="77777777" w:rsidR="00195DA4" w:rsidRDefault="00195DA4">
+    <w:p w14:paraId="588014DA" w14:textId="77777777" w:rsidR="002663CA" w:rsidRDefault="002663CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000F77BF"/>
     <w:rsid w:val="000F77BF"/>
     <w:rsid w:val="00147A0C"/>
     <w:rsid w:val="00195DA4"/>
     <w:rsid w:val="001E48BD"/>
+    <w:rsid w:val="002663CA"/>
+    <w:rsid w:val="0034145E"/>
     <w:rsid w:val="00771BBA"/>
     <w:rsid w:val="009F1752"/>
     <w:rsid w:val="00AD5D5F"/>
+    <w:rsid w:val="00F70BB0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7508F5FE"/>